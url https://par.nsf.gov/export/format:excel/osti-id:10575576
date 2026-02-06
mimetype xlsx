--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10575576</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3658644.3690354</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KnowGraph: Knowledge-Enabled Anomaly Detection via Logical Reasoning on Graph Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhou, Andy; Xu, Xiaojun; Raghunathan, Ramesh; Lal, Alok; Guan, Xinze; Yu, Bin; Li, Bo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-02T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>168 to 182</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400706363</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Graph-based anomaly detection is pivotal in diverse security applications, such as fraud detection in transaction networks and intrusion detection for network traffic. Standard approaches, including Graph Neural Networks (GNNs), often struggle to generalize across shifting data distributions. For instance, we observe that a real-world eBay transaction dataset revealed an over 50% decline in fraud detection accuracy when adding data from only a single new day to the graph due to data distribution shifts. This highlights a critical vulnerability in purely data-driven approaches. Meanwhile, real-world domain knowledge, such as "simultaneous transactions in two locations are suspicious," is more stable and a common existing component of real-world detection strategies. To explicitly integrate such knowledge into data-driven models such as GCNs, we propose KnowGraph, which integrates domain knowledge with data-driven learning for enhanced graph-based anomaly detection. KnowGraph comprises two principal components: (1) a statistical learning component that utilizes a main model for the overarching detection task, augmented by multiple specialized knowledge models that predict domain-specific semantic entities; (2) a reasoning component that employs probabilistic graphical models to execute logical inferences based on model outputs, encoding domain knowledge through weighted first-order logic formulas. In addition, KnowGraph has leveraged the Predictability-Computability-Stability (PCS) framework for veridical data science to estimate and mitigate prediction uncertainties. Empirically, KnowGraph has been rigorously evaluated on two significant real-world scenarios: collusion detection in the online marketplace eBay and intrusion detection within enterprise networks. Extensive experiments on these large-scale real-world datasets show that KnowGraph consistently outperforms state-of-the-art baselines in both transductive and inductive settings, achieving substantial gains in average precision when generalizing to completely unseen test graphs. Further ablation studies demonstrate the effectiveness of the proposed reasoning component in improving detection performance, especially under extreme class imbalance. These results highlight the potential of integrating domain knowledge into data-driven models for high-stakes, graph-based security applications.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229876</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Salt Lake City UT USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>