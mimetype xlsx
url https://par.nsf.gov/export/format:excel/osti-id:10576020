--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10576020</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3672076</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>NIR-sighted: A Programmable Streaming Architecture for Low-Energy Human-Centric Vision Applications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mamish, John; Alharbi, Rawan; Sen, Sougata; Holla, Shashank; Kamath, Panchami; Sangar, Yaman; Alshurafa, Nabil; Hester, Josiah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-30T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Embedded Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1539-9087</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Human studies often rely on wearable lifelogging cameras that capture videos of individuals and their surroundings to aid in visual confirmation or recollection of daily activities like eating, drinking, and smoking. However, this may include private or sensitive information that may cause some users to refrain from using such monitoring devices. Also, short battery lifetime and large form factors reduce applicability for long-term capture of human activity. Solving this triad of interconnected problems is challenging due to wearable embedded systems’ energy, memory, and computing constraints. Inspired by this critical use case and the unique design problem, we developed NIR-sighted, an architecture for wearable video cameras that navigates this design space via three key ideas: (i) reduce storage and enhance privacy by discarding masked pixels and frames, (ii) enable programmers to generate effective masks with low computational overhead, and (iii) enable the use of small MCUs by moving masking and compression off-chip. Combined together in an end-to-end system, NIR-sighted’s masking capabilities and off-chip compression hardware shrinks systems, stores less data, and enables programmer-defined obfuscation to yield privacy enhancement. The user’s privacy is enhanced significantly as nowhere in the pipeline is any part of the image stored before it is obfuscated. We design a wearable camera called NIR-sightedCam based on this architecture; it is compact and can record IR and grayscale video at 16 and 20+ fps, respectively, for 26 hours nonstop (59 hours with IR disabled) at a fraction of comparable platforms power draw. NIR-sightedCam includes a low-power Field Programmable Gate Array that implements our mJPEG compress/obfuscate hardware, Blindspot. We additionally show the potential for privacy-enhancing function and clinical utility via an in-lab eating study, validated by a nutritionist.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2430327; 1915847</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>