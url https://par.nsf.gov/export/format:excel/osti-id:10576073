--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>BioScience</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>30 to 46</t>
   </si>
   <si>
     <t>0006-3568</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Wildfires have increased in size, frequency, and intensity in arid regions of the western United States because of human activity, changing land use, and rising temperature. Fire can degrade water quality, reshape aquatic habitat, and increase the risk of high discharge and erosion. Drawing from patterns in montane dry forest, chaparral, and desert ecosystems, we developed a conceptual framework describing how interactions and feedbacks among material accumulation, combustion of fuels, and hydrologic transport influence the effects of fire on streams. Accumulation and flammability of fuels shift in opposition along gradients of aridity, influencing the materials available for transport. Hydrologic transport of combustion products and materials accumulated after fire can propagate the effects of fire to unburned stream–riparian corridors, and episodic precipitation characteristic of arid lands can cause lags, spatial heterogeneity, and feedbacks in response. Resolving uncertainty in fire effects on arid catchments will require monitoring across hydroclimatic gradients and episodic precipitation.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2224662; 2419138; 2040194; 2320296; 2425417</t>
+    <t>2224662; 2419138; 2040194; 2320296; 2425417; 1831937</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Bioscience</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>