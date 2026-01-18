--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10576244</t>
-[...8 lines deleted...]
-    <t>Harrison, Daniel M; Kim, Eric Youngsam; Rhodes, Thierno B; Yang, Zhenzhen; Paige, Mikell; Luo, Chao</t>
+    <t>10284428</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1177/07356331211038764</t>
+  </si>
+  <si>
+    <t>Augmented Reality in Science Laboratories: Investigating High School Students’ Navigation Patterns and Their Effects on Learning Performance</t>
+  </si>
+  <si>
+    <t>Jiang, Shiyan; Tatar, Cansu; Huang, Xudong; Sung, Shannon H.; Xie, Charles</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-07-09T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>&lt;p&gt;This article reports a bipolar polymer cathode material bearing azo benzene and diamine moieties for affordable and sustainable sodium-ion batteries.&lt;/p&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-08-05T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Educational Computing Research</t>
+  </si>
+  <si>
+    <t>073563312110387</t>
+  </si>
+  <si>
+    <t>0735-6331</t>
+  </si>
+  <si>
+    <t>Augmented reality (AR) has the potential to fundamentally transform science education by making learning of abstract science ideas tangible and engaging. However, little is known about how students interacted with AR technologies and how these interactions may affect learning performance in science laboratories. This study examined high school students’ navigation patterns and science learning with a mobile AR technology, developed by the research team, in laboratory settings. The AR technology allows students to conduct hands-on laboratory experiments and interactively explore various science phenomena covering biology, chemistry, and physics concepts. In this study, seventy ninth-grade students carried out science laboratory experiments in pairs to learn thermodynamics. Our cluster analysis identified two groups of students, which differed significantly in navigation length and breadth. The two groups demonstrated unique navigation patterns that revealed students’ various ways of observing, describing, exploring, and evaluating science phenomena. These navigation patterns were associated with learning performance as measured by scores on lab reports. The results suggested the need for providing access to multiple representations and different types of interactions with these representations to support effective science learning as well as designing representations and connections between representations to cultivate scientific reasoning skills and nuanced understanding of scientific processes.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2419947</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>2054079; 1712676</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -291,95 +285,89 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>