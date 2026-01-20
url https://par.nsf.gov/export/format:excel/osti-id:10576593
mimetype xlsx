--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,63 +107,72 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10576593</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/soin.70006</t>
   </si>
   <si>
     <t>Community‐Level Food Sovereignty and Wellbeing in the Upper Yakima River Basin: Framing Lived Experiences within Multi‐Scalar Food Systems Discourse</t>
   </si>
   <si>
     <t>Theophilus, Alexander [Utah State University] (ORCID:0009000784671643); Ulrich‐Schad, Jessica_D [Utah State University] (ORCID:0000000224375419); Flint, Courtney_G [Utah State University] (ORCID:0000000329383765)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-06T05:00:00Z</t>
   </si>
   <si>
     <t>Sociological Inquiry</t>
   </si>
   <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>0038-0245</t>
   </si>
   <si>
     <t>&lt;p&gt;Food sovereignty, a framework focused on systemic change in the food system that accounts for food access, food justice, and food security, is an important driver of community wellbeing. However, the complex determinants of food sovereignty are not fully understood. Interdisciplinary assessments of food systems are needed to establish the impact of socioeconomic status, race, gender, and other social identities on food access. Understanding the goals and lived experiences of diverse communities and community members is critically important to advancing research on the sociology of food and agriculture. Drawing from community interviews addressing local food systems in six different communities in Washington's Upper Yakima River Basin, a qualitative assessment of expert perspectives on local and regional food systems illuminates perceived connections between food sovereignty and wellbeing. Findings suggest that food access and dependence on local agriculture varies across and within communities. Additionally, we find that agriculture is undergoing social, economic, and political transitions that may have immense community impacts moving forward. Given the diverse array of both agricultural and recreational economies in the study site, qualitative data informs our understanding of stakeholder perceptions at multiple levels of the food system. The implications of these findings lead to a forward‐looking discussion of linkages between food dimensions and other variables that impact local and regional wellbeing.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2115169</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 67-86</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -290,81 +299,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>