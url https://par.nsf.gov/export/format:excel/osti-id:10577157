--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-02-22T05:00:00Z</t>
   </si>
   <si>
     <t>Water Resources Research</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0043-1397</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Irrigated agriculture depends on surface water and groundwater, but we do not have a clear picture of how much water is consumed from these sources by different crops across the US over time. Current estimates of crop water consumption are insufficient in providing the spatial granularity and temporal depth required for comprehensive long‐term analysis. To fill this data gap, we utilized crop growth models to quantify the monthly crop water consumption ‐ distinguishing between rainwater, surface water, and groundwater ‐ of the 30 most widely irrigated crops in the US from 1981 to 2019 at 2.5 arc min. These 30 crops represent approximately 95% of US irrigated cropland. We found that the average annual total crop water consumption for these 30 irrigated crops in the US was 154.2 km&lt;sup&gt;3&lt;/sup&gt;, 70% of which was from irrigation. Corn and alfalfa accounted for approximately 16.7 and 24.8 km&lt;sup&gt;3&lt;/sup&gt;of average annual blue crop water consumption, respectively, which is nearly two‐fifths of the blue crop water consumed in the US. Surface water consumption decreased by 41.2%, while groundwater consumption increased by 6.8%, resulting in a 17.3% decline in blue water consumption between 1981 and 2019. We find good agreement between our results and existing modeled evapotranspiration (ET) products, remotely sensed ET estimates (OpenET), and water use data from the US Geological Survey and US Department of Agriculture. Our data set and model can help assess the impact of irrigation practices and water scarcity on crop production and sustainability.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2144169</t>
+    <t>2144169; 2108196</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>