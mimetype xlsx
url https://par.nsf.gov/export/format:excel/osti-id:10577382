--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10577382</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Continual Learning Using a Kernel-Based Method Over Foundation Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Momeni, Saleh; Mazumder, Sahisnu; Liu, Bing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Continual learning (CL) learns a sequence of tasks incre- mentally. This paper studies the challenging CL setting of class-incremental learning (CIL). CIL has two key chal- lenges: catastrophic forgetting (CF) and inter-task class sep- aration (ICS). Despite numerous proposed methods, these issues remain persistent obstacles. This paper proposes a novel CIL method, called Kernel Linear Discriminant Analy- sis (KLDA), that can effectively avoid CF and ICS problems. It leverages only the powerful features learned in a foundation model (FM). However, directly using these features proves suboptimal. To address this, KLDA incorporates the Radial Basis Function (RBF) kernel and its Random Fourier Fea- tures (RFF) to enhance the feature representations from the FM, leading to improved performance. When a new task ar- rives, KLDA computes only the mean for each class in the task and updates a shared covariance matrix for all learned classes based on the kernelized features. Classification is performed using Linear Discriminant Analysis. Our empir- ical evaluation using text and image classification datasets demonstrates that KLDA significantly outperforms baselines. Remarkably, without relying on replay data, KLDA achieves accuracy comparable to joint training of all classes, which is considered the upper bound for CIL performance. The KLDA code is available at https://github.com/salehmomeni/klda.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229876</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The 39th Annual AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Philadelphia, PA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>