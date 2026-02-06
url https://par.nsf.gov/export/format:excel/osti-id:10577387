--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10577387</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.artint.2024.104237</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Open-world continual learning: Unifying novelty detection and continual learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, Gyuhak; Xiao, Changnan; Konishi, Tatsuya; Ke, Zixuan; Liu, Bing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>338</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>104237</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-3702</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As AI agents are increasingly used in the real open world with unknowns or novelties, they need the ability to (1) recognize objects that (a) they have learned before and (b) detect items that they have never seen or learned, and (2) learn the new items incrementally to become more and more knowledgeable and powerful. (1) is called novelty detection or out-of-distribution (OOD) detection and (2) is called class incremental learning (CIL), which is a setting of continual learning (CL). In existing research, OOD detection and CIL are regarded as two completely different problems. This paper first provides a theoretical proof that good OOD detection for each task within the set of learned tasks (called closed-world OOD detection) is necessary for successful CIL. We show this by decomposing CIL into two sub-problems: within-task prediction (WP) and task-id prediction (TP), and proving that TP is correlated with closed-world OOD detection. The key theoretical result is that regardless of whether WP and OOD detection (or TP) are defined explicitly or implicitly by a CIL algorithm, good WP and good closed-world OOD detection are necessary and sufficient conditions for good CIL, which unifies novelty or OOD detection and continual learning (CIL, in particular). We call this traditional CIL the closed-world CIL as it does not detect future OOD data in the open world. The paper then proves that the theory can be generalized or extended to open-world CIL, which is the proposed open-world continual learning, that can perform CIL in the open world and detect future or open-world OOD data. Based on the theoretical results, new CIL methods are also designed, which outperform strong baselines in CIL accuracy and in continual OOD detection by a large margin.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229876</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>