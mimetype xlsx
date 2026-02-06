--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10577393</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Revisiting Concept Drift in Windows Malware Detection: Adaptation to Real Drifted Malware with Minimal Samples</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Adrian S; Iyengar, Arun; Kundu, Ashish; Bertino, Elisa</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-24T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In applying deep learning for malware classifica- tion, it is crucial to account for the prevalence of malware evolution, which can cause trained classifiers to fail on drifted malware. Existing solutions to address concept drift use active learning. They select new samples for analysts to label and then retrain the classifier with the new labels. Our key finding is that the current retraining techniques do not achieve optimal results. These techniques overlook that updating the model with scarce drifted samples requires learning features that remain consistent across pre-drift and post-drift data. The model should thus be able to disregard specific features that, while beneficial for the classification of pre-drift data, are absent in post-drift data, thereby preventing prediction degradation. In this paper, we propose a new technique for detecting and classifying drifted malware that learns drift-invariant features in malware control flow graphs by leveraging graph neural networks with adversarial domain adaptation. We compare it with existing model retraining methods in active learning-based malware detection systems and other domain adaptation techniques from the vision domain. Our approach significantly improves drifted malware detection on publicly available benchmarks and real-world malware databases reported daily by security companies in 2024. We also tested our approach in predicting multiple malware families drifted over time. A thorough evaluation shows that our approach outperforms the state-of-the-art approaches.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229876</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Network and Distributed System Security (NDSS) Symposium</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>San Diego, CA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>