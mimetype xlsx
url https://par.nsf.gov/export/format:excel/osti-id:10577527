--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-03-15T04:00:00Z</t>
   </si>
   <si>
     <t>Communications Biology</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2399-3642</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Forbs (“wildflowers”) are important contributors to grassland biodiversity but are vulnerable to environmental changes. In a factorial experiment at 94 sites on 6 continents, we test the global generality of several broad predictions: (1) Forb cover and richness decline under nutrient enrichment, particularly nitrogen enrichment. (2) Forb cover and richness increase under herbivory by large mammals. (3) Forb richness and cover are less affected by nutrient enrichment and herbivory in more arid climates, because water limitation reduces the impacts of competition with grasses. (4) Forb families will respond differently to nutrient enrichment and mammalian herbivory due to differences in nutrient requirements. We find strong evidence for the first, partial support for the second, no support for the third, and support for the fourth prediction. Our results underscore that anthropogenic nitrogen addition is a major threat to grassland forbs, but grazing under high herbivore intensity can offset these nutrient effects.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2045968</t>
+    <t>2045968; 1831944</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>