--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10577619</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s44401-024-00009-w</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Environment scan of generative AI infrastructure for clinical and translational science</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Idnay, Betina; Xu, Zihan; Adams, William G; Adibuzzaman, Mohammad; Anderson, Nicholas R; Bahroos, Neil; Bell, Douglas S; Bumgardner, Cody; Campion, Thomas; Castro, Mario; Cimino, James J; Cohen, I Glenn; Dorr, David; Elkin, Peter L; Fan, Jungwei W; Ferris, Todd; Foran, David J; Hanauer, David; Hogarth, Mike; Huang, Kun; Kalpathy-Cramer, Jayashree; Kandpal, Manoj; Karnik, Niranjan S; Katoch, Avnish; Lai, Albert M; Lambert, Christophe G; Li, Lang; Lindsell, Christopher; Liu, Jinze; Lu, Zhiyong; Luo, Yuan; McGarvey, Peter; Mendonca, Eneida A; Mirhaji, Parsa; Murphy, Shawn; Osborne, John D; Paschalidis, Ioannis C; Harris, Paul A; Prior, Fred; Shaheen, Nicholas J; Shara, Nawar; Sim, Ida; Tachinardi, Umberto; Waitman, Lemuel R; Wright, Rosalind J; Zai, Adrian H; Zheng, Kai; Lee, Sandra Soo-Jin; Malin, Bradley A; Natarajan, Karthik; Price_II, W Nicholson; Zhang, Rui; Zhang, Yiye; Xu, Hua; Bian, Jiang; Weng, Chunhua; Peng, Yifan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>npj Health Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>3005-1959</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;This study reports a comprehensive environmental scan of the generative AI (GenAI) infrastructure in the national network for clinical and translational science across 36 institutions supported by the CTSA Program led by the National Center for Advancing Translational Sciences (NCATS) of the National Institutes of Health (NIH) at the United States. Key findings indicate a diverse range of institutional strategies, with most organizations in the experimental phase of GenAI deployment. The results underscore the need for a more coordinated approach to GenAI governance, emphasizing collaboration among senior leaders, clinicians, information technology staff, and researchers. Our analysis reveals that 53% of institutions identified data security as a primary concern, followed by lack of clinician trust (50%) and AI bias (44%), which must be addressed to ensure the ethical and effective implementation of GenAI technologies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2433726; 2317079; 1914792; 2200052</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>