--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10577830</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/rs16183470</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Self-Supervised Learning across the Spectrum</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shenoy, Jayanth; Zhang, Xingjian Davis; Tao, Bill; Mehrotra, Shlok; Yang, Rem; Zhao, Han; Vasisht, Deepak</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Remote Sensing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3470</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2072-4292</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Satellite image time series (SITS) segmentation is crucial for many applications, like environmental monitoring, land cover mapping, and agricultural crop type classification. However, training models for SITS segmentation remains a challenging task due to the lack of abundant training data, which requires fine-grained annotation. We propose S4, a new self-supervised pretraining approach that significantly reduces the requirement for labeled training data by utilizing two key insights of satellite imagery: (a) Satellites capture images in different parts of the spectrum, such as radio frequencies and visible frequencies. (b) Satellite imagery is geo-registered, allowing for fine-grained spatial alignment. We use these insights to formulate pretraining tasks in S4. To the best of our knowledge, S4 is the first multimodal and temporal approach for SITS segmentation. S4’s novelty stems from leveraging multiple properties required for SITS self-supervision: (1) multiple modalities, (2) temporal information, and (3) pixel-level feature extraction. We also curate m2s2-SITS, a large-scale dataset of unlabeled, spatially aligned, multimodal, and geographic-specific SITS that serves as representative pretraining data for S4. Finally, we evaluate S4 on multiple SITS segmentation datasets and demonstrate its efficacy against competing baselines while using limited labeled data. Through a series of extensive comparisons and ablation studies, we demonstrate S4’s ability as an effective feature extractor for downstream semantic segmentation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2237474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI Remote Sensing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>