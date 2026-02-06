--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10577984</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/adma.202406783</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Giant Decrease in Interfacial Energy of Liquid Metals by Native Oxides</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jung, Woojin; Vong, Man Hou; Kwon, Kiyoon; Kim, Jong Uk; Kwon, S Joon; Kim, Tae‐il; Dickey, Michael D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advanced Materials</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0935-9648</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Native oxides form on the surface of many metals. Here, using gallium‐based liquid metal alloys, Johnson‐Kendall‐Roberts (JKR) measurements are employed to show that native oxide dramatically lower the tension of the metal interface from 724 to 10 mN m&lt;sup&gt;−1&lt;/sup&gt;. Like conventional surfactants, the oxide has asymmetry between the composition of its internal and external interfaces. Yet, in comparison to conventional surfactants, oxides are an order of magnitude more effective at lowering tension and do not need to be added externally to the liquid (i.e., oxides form naturally on metals). This surfactant‐like asymmetry explains the adhesion of oxide‐coated metals to surfaces. The resulting low interfacial energy between the metal and the interior of the oxide helps stabilize non‐spherical liquid metal structures. In addition, at small enough macroscopic contact angles, the finite tension of the liquid within the oxide can drive fluid instabilities that are useful for separating the oxide from the metal to form oxide‐encased bubbles or deposit thin oxide films (1–5 nm) on surfaces. Since oxides form on many metals, this work can have implications for a wide range of metals and metal oxides in addition to explaining the physical behavior of liquid metal.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2032409</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Advanced Materials</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>