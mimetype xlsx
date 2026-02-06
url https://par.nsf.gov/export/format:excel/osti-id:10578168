--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,176 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...124 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -190,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10578168</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/CLOUD62652.2024.00034</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Towards Sustainable Cloud Software Systems through Energy-Aware Code Smell Refactoring</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Imran, Asif; Kosar, Tevfik; Zola, Jaroslaw; Bulut, M Fatih</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>223 to 234</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-6853-6</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Software applications and workloads, especially within the domains of Cloud computing and large-scale AI model training, exert considerable demand on computing resources, thus contributing significantly to the overall energy footprint of the IT industry. In this paper, we present an in-depth analysis of certain software coding practices that can play a substantial role in increasing the application’s overall energy consumption, primarily stemming from the suboptimal utilization of computing resources. Our study encompasses a thorough investigation of 16 distinct code smells and other coding malpractices across 31 real-world open-source applications written in Java and Python. Through our research, we provide compelling evidence that various common refactoring techniques, typically employed to rectify specific code smells, can unintentionally escalate the application’s energy consumption. We illustrate that a discerning and strategic approach to code smell refactoring can yield substantial energy
+savings. For selective refactorings, this yields a reduction of up to 13.1% of energy consumption and 5.1% of carbon emissions per workload on average. These findings underscore the potential of selective and intelligent refactoring to substantially increase energy efficiency of Cloud software systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2343284; 2343285</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Shenzhen, China</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>