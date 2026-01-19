--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -95,75 +95,72 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10578386</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/18758592241308755</t>
   </si>
   <si>
     <t>A simplified MyProstateScore2.0 for high-grade prostate cancer</t>
   </si>
   <si>
-    <t>Tang, Tiffany_M [Department of Statistics, University of Michigan, Ann Arbor, MI, 
-[...2 lines deleted...]
-USA, Howard Hughes Medical Institute, Chevy Chase, MD, USA]; Yu, Bin [Departments of Statistics and Electrical Engineering and Computer Science, University of California, Berkeley, CA, USA, Center for Computational Biology, University of California, Berkeley, CA, USA]; for_the_EDRN-PCA3_Study_Group</t>
+    <t>Tang, Tiffany_M (ORCID:0000000280796867); Zhang, Yuping; Kenney, Ana_M; Xie, Cassie; Xiao, Lanbo; Siddiqui, Javed; Srivastava, Sudhir; Sanda, Martin_G; Wei, John_T; Feng, Ziding; Tosoian, Jeffrey_J; Zheng, Yingye; Chinnaiyan, Arul_M; Yu, Bin; for_the_EDRN-PCA3_Study_Group</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-20T04:00:00Z</t>
   </si>
   <si>
     <t>Cancer Biomarkers</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1574-0153</t>
   </si>
   <si>
-    <t>&lt;p&gt;&lt;bold&gt;Background:&lt;/bold&gt;The limited diagnostic accuracy of prostate-specific antigen screening for prostate cancer (PCa) has prompted innovative solutions, such as the state-of-the-art 18-gene urine test for clinically-significant PCa (MyProstateScore2.0 (MPS2)).&lt;bold&gt;Objective:&lt;/bold&gt;We aim to develop a non-invasive biomarker test, the simplified MPS2 (sMPS2), which achieves similar state-of-the-art accuracy as MPS2 for predicting high-grade PCa but requires substantially fewer genes than the 18-gene MPS2 to improve its accessibility for routine clinical care.&lt;bold&gt;Methods:&lt;/bold&gt;We grounded the development of sMPS2 in the Predictability, Computability, and Stability (PCS) framework for veridical data science. Under this framework, we stress-tested the development of sMPS2 across various data preprocessing and modeling choices and developed a stability-driven PCS ranking procedure for selecting the most predictive and robust genes for use in sMPS2.&lt;bold&gt;Results:&lt;/bold&gt;The final sMPS2 model consisted of 7 genes and achieved a 0.784 AUROC (95% confidence interval, 0.742–0.825) for predicting high-grade PCa on a blinded external validation cohort. This is only 2.3% lower than the 18-gene MPS2, which is similar in magnitude to the 1–2% in uncertainty induced by different data preprocessing choices.&lt;bold&gt;Conclusions:&lt;/bold&gt;The 7-gene sMPS2 provides a unique opportunity to expand the reach and adoption of non-invasive PCa screening.&lt;/p&gt;</t>
+    <t>&lt;sec&gt;&lt;title&gt;Background:&lt;/title&gt;&lt;p&gt;The limited diagnostic accuracy of prostate-specific antigen screening for prostate cancer (PCa) has prompted innovative solutions, such as the state-of-the-art 18-gene urine test for clinically-significant PCa (MyProstateScore2.0 (MPS2)).&lt;bold&gt;Objective:&lt;/bold&gt;We aim to develop a non-invasive biomarker test, the simplified MPS2 (sMPS2), which achieves similar state-of-the-art accuracy as MPS2 for predicting high-grade PCa but requires substantially fewer genes than the 18-gene MPS2 to improve its accessibility for routine clinical care.&lt;bold&gt;Methods:&lt;/bold&gt;We grounded the development of sMPS2 in the Predictability, Computability, and Stability (PCS) framework for veridical data science. Under this framework, we stress-tested the development of sMPS2 across various data preprocessing and modeling choices and developed a stability-driven PCS ranking procedure for selecting the most predictive and robust genes for use in sMPS2.&lt;bold&gt;Results:&lt;/bold&gt;The final sMPS2 model consisted of 7 genes and achieved a 0.784 AUROC (95% confidence interval, 0.742–0.825) for predicting high-grade PCa on a blinded external validation cohort. This is only 2.3% lower than the 18-gene MPS2, which is similar in magnitude to the 1–2% in uncertainty induced by different data preprocessing choices.&lt;bold&gt;Conclusions:&lt;/bold&gt;The 7-gene sMPS2 provides a unique opportunity to expand the reach and adoption of non-invasive PCa screening.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2209975; 2413265; 2023505; 2031883</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>