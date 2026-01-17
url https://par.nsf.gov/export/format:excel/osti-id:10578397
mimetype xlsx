--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1038/s41587-025-02593-0</t>
   </si>
   <si>
     <t>Information storage across a microbial community using universal RNA barcoding</t>
   </si>
   <si>
     <t>Kalvapalle, Prashant B; Staubus, August; Dysart, Matthew J; Gambill, Lauren; Reyes_Gamas, Kiara; Lu, Li Chieh; Silberg, Jonathan J; Stadler, Lauren B; Chappell, James</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-18T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Biotechnology</t>
   </si>
   <si>
     <t>1087-0156</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2237512; 2227526</t>
+    <t>2237512; 2227526; 2237052</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>