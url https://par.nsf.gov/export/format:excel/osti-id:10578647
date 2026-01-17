--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,66 +105,75 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10578647</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/s11814-025-00406-3</t>
   </si>
   <si>
     <t>CO2-Utilization Facilitated by Solid Reaction Mediums—A Review</t>
   </si>
   <si>
     <t>Iftikhar, Sherafghan; Li, Fanxing (ORCID:0000000267571874)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-24T04:00:00Z</t>
   </si>
   <si>
     <t>Korean Journal of Chemical Engineering</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>13</t>
   </si>
   <si>
     <t>0256-1115</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;This short review examines solid reaction mediums—specifically oxygen, CO&lt;sub&gt;2&lt;/sub&gt;, and carbon carriers—within the framework of Chemical Looping (CL) to illuminate various CO&lt;sub&gt;2&lt;/sub&gt;utilization pathways. The thermodynamic consideration for carrier selection is first discussed. This is followed by a summary of the key carrier types investigated to date, with an emphasis on elucidating the roles of compositional, structural, and surface properties of the various carriers toward their reactive performances. Besides assessing the performances of various oxygen carriers, their long-term performance, potential deactivation mechanism in the presence of CO&lt;sub&gt;2,&lt;/sub&gt;and strategies for their reactivation are also discussed in the context of chemical looping dry reforming of methane (CLDRM). While relatively underexplored, the current status of development, advantages, and potential limitations of CO&lt;sub&gt;2&lt;/sub&gt;carriers in sorbent looping dry reforming of methane (SLDRM) and carbon carriers in chemical looping methane cracking (CLMC) are also reviewed and discussed. Emerging topics such as combined carriers are also covered along with a perspective for future research directions. Overall, this review aims to offer insights into the sustainable use of CO&lt;sub&gt;2&lt;/sub&gt;through chemical looping, emphasizing the potential of solid reaction mediums across different carriers and the challenges associated with these solid reaction mediums.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1923468</t>
+    <t>1923468; 2329857</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 3113-3130</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -291,81 +300,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>