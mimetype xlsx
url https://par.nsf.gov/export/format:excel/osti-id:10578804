--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10578804</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/sciadv.adq9952</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High-temperature surface state in Kondo insulator U &lt;sub&gt;3&lt;/sub&gt; Bi &lt;sub&gt;4&lt;/sub&gt; Ni &lt;sub&gt;3&lt;/sub&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Broyles, Christopher; Wan, Xiaohan; Cheng, Wenting; Wu, Dingsong; Tan, Hengxin; Xu, Qiaozhi; Gould, Shannon L; Siddiquee, Hasan; Xiao, Leyan; Chen, Ryan; Lin, Wanyue; Wu, Yuchen; Regmi, Prakash; Eo, Yun Suk; Liu, Jieyi; Chen, Yulin; Yan, Binghai; Sun, Kai; Ran, Sheng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-2548</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The resurgence of interest in Kondo insulators has been driven by two major mysteries: the presence of metallic surface states and the observation of quantum oscillations. To further explore these mysteries, it is crucial to investigate another similar system beyond the two existing ones, SmB&lt;sub&gt;6&lt;/sub&gt;and YbB&lt;sub&gt;12&lt;/sub&gt;. Here, we address this by reporting on a Kondo insulator, U&lt;sub&gt;3&lt;/sub&gt;Bi&lt;sub&gt;4&lt;/sub&gt;Ni&lt;sub&gt;3&lt;/sub&gt;. Our transport measurements reveal that a surface state emerges below 250 kelvin and dominates transport properties below 150 kelvin, which is well above the temperature scale of SmB&lt;sub&gt;6&lt;/sub&gt;and YbB&lt;sub&gt;12&lt;/sub&gt;. At low temperatures, the surface conductivity is about one order of magnitude higher than the bulk. The robustness of the surface state indicates that it is inherently protected. The similarities and differences between U&lt;sub&gt;3&lt;/sub&gt;Bi&lt;sub&gt;4&lt;/sub&gt;Ni&lt;sub&gt;3&lt;/sub&gt;and the other two Kondo insulators will provide valuable insights into the nature of metallic surface states in Kondo insulators and their interplay with strong electron correlations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2236528; 2152221</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Association for the Advancement of Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>