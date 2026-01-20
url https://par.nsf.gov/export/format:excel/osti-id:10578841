--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-02-13T05:00:00Z</t>
   </si>
   <si>
     <t>Environmental Science: Nano</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1037 to 1058</t>
   </si>
   <si>
     <t>2051-8153</t>
   </si>
   <si>
     <t>&lt;p&gt;An optimum application of NPs can mitigate biotic and abiotic stresses, but overuse can cause phytotoxicity. Research on the use of NPs for plant stress is demonstrating promising benefits.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2330043</t>
+    <t>2330043; 2216473</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>RSC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>