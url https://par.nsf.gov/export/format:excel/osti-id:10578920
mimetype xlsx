--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Physical Review C</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2469-9985</t>
   </si>
   <si>
     <t>&lt;p&gt;Here we report on the direct measurement of the resonance strengths of the&lt;math&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;mi mathvariant='normal'&gt;R&lt;/mi&gt;&lt;mi&gt;lab&lt;/mi&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;647&lt;/mn&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;keV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;and 1842 keV resonances in the&lt;math&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mi&gt;Ca&lt;/mi&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mn&gt;40&lt;/mn&gt;&lt;/mmultiscripts&gt;&lt;mo&gt;(&lt;/mo&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;mo&gt;)&lt;/mo&gt;&lt;mmultiscripts&gt;&lt;mi&gt;Sc&lt;/mi&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mn&gt;41&lt;/mn&gt;&lt;/mmultiscripts&gt;&lt;/mrow&gt;&lt;/math&gt;reaction. At novae temperatures,&lt;math&gt;&lt;mrow&gt;&lt;mn&gt;0.2&lt;/mn&gt;&lt;mo&gt;&lt;&lt;/mo&gt;&lt;msub&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;mn&gt;9&lt;/mn&gt;&lt;/msub&gt;&lt;mo&gt;&lt;&lt;/mo&gt;&lt;mn&gt;0.7&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;, the&lt;math&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mi&gt;Ca&lt;/mi&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mn&gt;40&lt;/mn&gt;&lt;/mmultiscripts&gt;&lt;mo&gt;(&lt;/mo&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;mo&gt;)&lt;/mo&gt;&lt;mmultiscripts&gt;&lt;mi&gt;Sc&lt;/mi&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mn&gt;41&lt;/mn&gt;&lt;/mmultiscripts&gt;&lt;/mrow&gt;&lt;/math&gt;reaction is governed by the low energy resonance at&lt;math&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mi&gt;lab&lt;/mi&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;647&lt;/mn&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;keV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;, whereas the&lt;math&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mi&gt;lab&lt;/mi&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;1842&lt;/mn&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;keV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;resonance serves as a normalization standard for nuclear reaction experiments within the astrophysically relevant energy range. For the&lt;math&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mi&gt;lab&lt;/mi&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;647&lt;/mn&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;keV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;resonance, we obtain a resonance strength&lt;math&gt;&lt;mrow&gt;&lt;mi&gt;ω&lt;/mi&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mo&gt;(&lt;/mo&gt;&lt;mn&gt;2.51&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msub&gt;&lt;mn&gt;09&lt;/mn&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msub&gt;&lt;mn&gt;22&lt;/mn&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;)&lt;/mo&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;meV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;, with an uncertainty a factor of 2.5 smaller than the previous direct measurement value. For the&lt;math&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mi&gt;lab&lt;/mi&gt;&lt;/msubsup&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;1842&lt;/mn&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;keV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;resonance, we obtain a resonance strength&lt;math&gt;&lt;mrow&gt;&lt;mi&gt;ω&lt;/mi&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mo&gt;(&lt;/mo&gt;&lt;mn&gt;0.148&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msub&gt;&lt;mn&gt;006&lt;/mn&gt;&lt;mi&gt;stat&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msub&gt;&lt;mn&gt;013&lt;/mn&gt;&lt;mi&gt;syst&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;)&lt;/mo&gt;&lt;mspace width='0.16em'/&gt;&lt;mi&gt;eV&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;, which is consistent with previous studies but deviates by&lt;math&gt;&lt;mrow&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;mi&gt;σ&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;from the most recent measurement. Our results suggest&lt;math&gt;&lt;mmultiscripts&gt;&lt;mi&gt;Ca&lt;/mi&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mn&gt;40&lt;/mn&gt;&lt;/mmultiscripts&gt;&lt;/math&gt;to be a strong waiting point in the nucleosynthesis path of oxygen-neon (ONe) novae.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2310059</t>
+    <t>2310059; 1927130</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>APS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>