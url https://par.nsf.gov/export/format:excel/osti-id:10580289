--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-03-01T05:00:00Z</t>
   </si>
   <si>
     <t>Current Opinion in Chemical Engineering</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>101085</t>
   </si>
   <si>
     <t>2211-3398</t>
   </si>
   <si>
     <t>Next-generation polymeric membranes must be derived from more environmentally friendly materials that have similar solubility and miscibility properties as their predecessors to form permeable and selective membranes. Bio-derived polymers, recycled plastics, and eco-friendly solvents have been demonstrated to produce membranes with similar permeability and selectivity as conventional counterparts, though matching membrane durability and cost-effectiveness remain as future research challenges. Slot die coating and 3D printing have been demonstrated to show the scalability of membrane fabrication. Life cycle assessments have become valuable tools in estimating the total environmental impacts of the manufacturing process and characterizing the sustainability of new materials. Recent advances have shortened the gap between materials innovation research and commercial application.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2121674; 1922694; 2128038</t>
+    <t>2121674; 1922694; 2128038; 2128035</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>