--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10580671</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/JCLI-D-21-0248.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rapid Sea-Level Rise in the Southern-Hemisphere Subtropical Oceans</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Duan, Jing; Li, Yuanlong; Wang, Fan; Hu, Aixue; Han, Weiqing; Zhang, Lei; Lin, Pengfei; Rosenbloom, Nan; Meehl, Gerald A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Climate</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 55</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0894-8755</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The subtropical oceans between 35°-20°S in the Southern Hemisphere (SH) have exhibited prevailingly rapid sea-level rise (SLR) rates since the mid-20&lt;sup&gt;th&lt;/sup&gt;century, amplifying damages of coastal hazards and exerting increasing threats to South America, Africa, and Australia. Yet, mechanisms of the observed SLR have not been firmly established, and its representation in climate models has not been examined. By analyzing observational sea-level estimates, ocean reanalysis products, and ocean model hindcasts, we show that the steric SLR of the SH subtropical oceans between 35°-20°S is faster than the global mean rate by 18.2%±9.9% during 1958-2014. However, present climate models—the fundamental bases for future climate projections—generally fail to reproduce this feature. Further analysis suggests that the rapid SLR in the SH subtropical oceans is primarily attributable to the persistent upward trend of the Southern Annular Mode (SAM). Physically, this trend in SAM leads to the strengthening of the SH subtropical highs, with the strongest signatures observed in the southern Indian Ocean. These changes in atmospheric circulation promote regional SLR in the SH subtropics by driving upper-ocean convergence. Climate models show systematic biases in the simulated structure and trend magnitude of SAM and significantly underestimate the enhancement of subtropical highs. These biases lead to the inability of models to correctly simulate the observed subtropical SLR. This work highlights the paramount necessity of reducing model biases to provide reliable regional sea-level projections.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935279</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Duan_etal_jclim2021.pdf</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>