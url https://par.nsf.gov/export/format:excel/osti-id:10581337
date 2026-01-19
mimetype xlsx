--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-01-17T05:00:00Z</t>
   </si>
   <si>
     <t>Geochemistry, Geophysics, Geosystems</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1525-2027</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Cosmogenic nuclide dating is an essential component of studying Earth surface processes, but it requires knowledge of how nuclide production rates vary in time and space. Typically, production rates are calibrated at sites with independently well‐constrained exposure histories and then scaled to other sites of interest using scaling frameworks that account for spatial and temporal variations in the secondary cosmic‐ray flux at Earth's surface. To date, scaling schemes for terrestrial cosmogenic nuclide production rates have been developed for the Quaternary, yet cosmogenic nuclide applications that extend beyond the Quaternary are becoming more prevalent. For these deeper time applications, production rate calculations using scaling models optimized for the latest Quaternary neglect longer term spatiotemporal variations in geomagnetic field intensity, paleogeography, and paleoatmospheric depth. We present a production rate scaling scheme for the past 70 million years, SPRITE (Scaling Production Rates In deep TimE). This framework extends existing scaling schemes into deeper time by (a) accounting for site‐specific changes in paleolatitude, (b) integrating a geomagnetic field intensity model rooted in data from a global paleomagnetic database, and (c) incorporating climate‐driven, time‐varying atmospheric depths. We evaluate the efficacy of our model by applying it to existing data sets from paleoexposure sites, and from sites with apparent continuous million‐year exposure histories. This scaling model can be applied with measurements of stable cosmogenic nuclides to research questions such as constraining hiatus durations between ancient lava flows and calculating the formation timescales of stable landforms in arid environments over millions of years.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2300559</t>
+    <t>2300559; 2016748</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>