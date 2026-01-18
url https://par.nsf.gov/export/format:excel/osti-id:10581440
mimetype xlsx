--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,66 +105,75 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10581440</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/psj.70008</t>
   </si>
   <si>
     <t>Collaborative diffusion: The dynamics of policy output in &lt;scp&gt;COVID&lt;/scp&gt; ‐19 interstate compacts</t>
   </si>
   <si>
     <t>Pollert, Isaac [Center for Social Data Analytics Pennsylvania State University  State College Pennsylvania USA]; Olvera, Johabed [School of Public Policy Pennsylvania State University  State College Pennsylvania USA]; Desmarais, Bruce_A [Department of Political Science Pennsylvania State University  State College Pennsylvania USA] (ORCID:0000000230318883); Boehmke, Frederick_J [Department of Political Science University of Iowa  Iowa City Iowa USA] (ORCID:0000000333090885); Harden, Jeffrey_J [Department of Political Science University of Notre Dame  Notre Dame Indiana USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-29T04:00:00Z</t>
   </si>
   <si>
     <t>Policy Studies Journal</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>4</t>
   </si>
   <si>
     <t>0190-292X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Interstate compacts are formal structures through which multiple states work together towards a common goal or shared agenda. Previous research on compacts focuses almost exclusively on the decision to join the compact, leaving questions on post‐formation diffusion patterns unexplored. We use a unique case of three interstate compacts that form simultaneously around the same issue—the COVID‐19 pandemic—to test how policy diffuses within compacts. We employ a novel diffusion methodology, network event history analysis (NEHA), to determine the role of compact membership in policy activity. We find that compact member states are no more active in adopting policy than non‐members, but that non‐member states use compacts to free ride when making their own adoption choices. We find that compacts serve to establish members as leaders, as non‐members' policy adoptions are strongly driven by the adoptions of compact members. We also find COVID‐19 policy diffusion to be strongly driven by state ideology.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2148216; 2318460; 2148215</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 944-970</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -291,81 +300,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>