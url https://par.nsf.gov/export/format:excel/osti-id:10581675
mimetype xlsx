--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10581675</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/2058-9565/ad9177</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Digital–analog quantum learning on Rydberg atom arrays</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lu, Jonathan Z; Jiao, Lucy; Wolinski, Kristina; Kornjača, Milan; Hu, Hong-Ye; Cantu, Sergio; Liu, Fangli; Yelin, Susanne F; Wang, Sheng-Tao</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-27T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Quantum Science and Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>015038</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2058-9565</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We propose hybrid digital–analog (DA) learning algorithms on Rydberg atom arrays, combining the potentially practical utility and near-term realizability of quantum learning with the rapidly scaling architectures of neutral atoms. Our construction requires only single-qubit operations in the digital setting and global driving according to the Rydberg Hamiltonian in the analog setting. We perform a comprehensive numerical study of our algorithm on both classical and quantum data, given respectively by handwritten digit classification and unsupervised quantum phase boundary learning. We show in the two representative problems that DA learning is not only feasible in the near term, but also requires shorter circuit depths and is more robust to realistic error models as compared to digital learning schemes. Our results suggest that DA learning opens a promising path towards improved variational quantum learning experiments in the near term.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2317134; 2118310</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Quantum Science and Technology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>