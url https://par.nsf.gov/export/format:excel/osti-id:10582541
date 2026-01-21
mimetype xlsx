--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-04-09T04:00:00Z</t>
   </si>
   <si>
     <t>European Journal of Inorganic Chemistry</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1434-1948</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;A series of Co&lt;sup&gt;2+/3+&lt;/sup&gt;and Fe&lt;sup&gt;2+/3+&lt;/sup&gt;complexes is prepared using three variants of a hexadentate tris(imidazole)triazacyclononane ligand bearing different 4‐alkyl substituents on the imidazole rings. The steric bulk of the alkyl substituent (R=H,&lt;sup&gt;i&lt;/sup&gt;Pr, or&lt;sup&gt;t&lt;/sup&gt;Bu) alters the preferred size of the ligand binding cavity by inhibiting close approach of the imidazole donors with bulky substituents. The resulting changes in geometry, redox potentials, spin states, and optical properties are catalogued across the series, demonstrating redox potential tuning over at least 670 mV as well as spin state switching based on the choice of substituent. The ligand field splitting of the complexes decreases with increasing bulk of the substituents. Tuning of the steric bulk of the substituents in these positions therefore allows for the electronic properties of the complexes to be fine‐tuned in a manner orthogonal to the donor properties of the substituents.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2304919</t>
+    <t>2304919; 2215258</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>European Journal of Inoganic Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>