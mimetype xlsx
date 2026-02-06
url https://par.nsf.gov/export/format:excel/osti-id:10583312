--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10583312</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/sciadv.adh7810</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Chiral edge waves in a dance-based human topological insulator</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Du, Matthew; Pérez-Sánchez, Juan B; Campos-Gonzalez-Angulo, Jorge A; Koner, Arghadip; Mellini, Federico; Pannir-Sivajothi, Sindhana; Poh, Yong Rui; Schwennicke, Kai; Sun, Kunyang; van_den_Wildenberg, Stephan; Karzen, Dylan; Barron, Alec; Yuen-Zhou, Joel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-2548</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Topological insulators are insulators in the bulk but feature chiral energy propagation along the boundary. This property is topological in nature and therefore robust to disorder. Originally discovered in electronic materials, topologically protected boundary transport has since been observed in many other physical systems. Thus, it is natural to ask whether this phenomenon finds relevance in a broader context. We choreograph a dance in which a group of humans, arranged on a square grid, behave as a topological insulator. The dance features unidirectional flow of movement through dancers on the lattice edge. This effect persists when people are removed from the dance floor. Our work extends the applicability of wave physics to dance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1654732</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>