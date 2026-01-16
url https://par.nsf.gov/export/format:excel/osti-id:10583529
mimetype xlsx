--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -110,51 +110,51 @@
   <si>
     <t>10583529</t>
   </si>
   <si>
     <t>https://doi.org/10.1109/WACV61041.2025.00194</t>
   </si>
   <si>
     <t>DARDA: Domain-Aware Real-Time Dynamic Neural Network Adaptation</t>
   </si>
   <si>
     <t>Rifat, Shahriar; Ashdown, Jonathan; Restuccia, Francesco</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-26T05:00:00Z</t>
   </si>
   <si>
     <t>1924 to 1932</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2146754; 2329013; 2312875</t>
+    <t>2146754; 2329013; 2312875; 2134973; 2229472</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>