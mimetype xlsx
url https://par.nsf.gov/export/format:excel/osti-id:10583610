--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10583610</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v39i28.35166</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Essentials of AI for Life and Society: An AI Literacy Course for the University Community</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Biswas, Joydeep; Fussell, Don; Stone, Peter; Patterson, Kristin; Procko, Kristen; Sabatini, Lea; Xu, Zifan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>28973 to 28978</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We describe the development of a one-credit course to promote AI literacy at the University of Texas at Austin. In response to a call for the rapid deployment of class that would serve a broad audience in Fall of 2023, we designed a 14-week seminar-style course that incorporated an interdisciplinary group of speakers who lectured on topics ranging from the fundamentals of AI to societal concerns including disinformation and employment. University students, faculty, and staff, and even community members outside of the University were invited to enroll in this online offering: The Essentials of AI for Life and Society. We collected feedback from course participants through weekly reflections and a final survey. Satisfyingly, we found that attendees reported gains in their AI literacy. We sought critical feedback through quantitative and qualitative analysis, which uncovered challenges in designing a course for this general audience. We utilized the course feedback to design a three-credit version of the course that is being offered in Fall of 2024. The lessons we learned and our plans for this new iteration may serve as a guide to instructors designing AI courses for a broad audience.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2046955</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>