--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -119,51 +119,51 @@
   <si>
     <t>Du, Huilin; Zhan, Wenfeng; Zhou, Bingbing; Ju, Yang; Liu, Zihan; Middel, Ariane; Huang, Kangning; Zhao, Lei; Chakraborty, TC; Wang, Zhihua; Wang, Shasha; Li, Jiufeng; Li, Long; Huang, Fan; Ji, Yingying; Li, Xuecao; Li, Manchun</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Nature Cities</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>157 to 169</t>
   </si>
   <si>
     <t>2731-9997</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2300548</t>
+    <t>2300548; 2145362</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Springer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>