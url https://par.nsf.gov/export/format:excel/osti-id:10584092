--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -119,51 +119,51 @@
   <si>
     <t>Pelayo, Ivan; Bergner, Derek; Williams, Archibald J; Qi, Jiayuwen; Zhu, Penghao; Nabi, Mahfuzun; Huey, Warren_L B; Moreschini, Luca; Deng, Ziling; Hadsell, Tyler; Denlinger, Jonathan; Lanzara, Alessandra; Lu, Yuan-Ming; Windl, Wolfgang; Goldberger, Joshua; Ojeda-Aristizabal, Claudia</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2469-9950</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2011876</t>
+    <t>2011876; 2122199</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>