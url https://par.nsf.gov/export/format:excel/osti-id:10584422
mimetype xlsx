--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10584422</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.compag.2025.110319</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Nanofibrous mat-enabled soil water absorption for continuous soil nitrate sensing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Haridass, Vignesh Kumar; Castellano, Michael J; Dong, Liang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computers and Electronics in Agriculture</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>234</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>110319</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0168-1699</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Continuous monitoring of soil nitrate levels is essential for effective soil nutrient management. However, limited soil pore water at low soil water content levels hinders miniaturized soil sensor surfaces from efficiently interacting with nutrient ions. To address this, we introduce a nanofibrous mat designed to enhance nitrate detection 
+by increasing connectivity between miniature sensors and the soil solution. Composed of polysulfone, polymethylmethacrylate, and polyvinyl alcohol, this mat is fabricated using electrospinning and electrospray methods to balance water absorbency, mechanical durability, and ease of manufacturing. When wrapped around  an ion-selective electrode-based nitrate sensor, the mat improves access to soil pore water, acts as a filter,  prevents direct sensor-soil particle contact, and reduces the impact of soil particle surface charges on sensor measurements. Continuous nitrate monitoring with both mat-wrapped and bare sensors was conducted in controlled and field environments. Linear regression analysis indicates that the mat-wrapped sensor has a  stronger correlation with conventional salt extract methods for measuring soil nitrate levels. T-tests confirm statistically significant differences between sensor measurements and the salt extraction method. Additionally, Bland-Altman analysis reveals that mat-wrapping reduces mean bias and narrows the limits of agreement, demonstrating improved agreement with the conventional method. Notably, the mat-wrapped sensor performs 
+consistently across varying soil moisture conditions. These findings suggest that the water-absorbing mat improves the ability of the sensor to monitor nitrate continuously by accommodating varying soil moisture levels over time, making the mat-wrapped soil nitrate sensor a viable improvement for in-field measurements of soil 
+solution chemistry.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2316481</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>