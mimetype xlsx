--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10584475</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.62056/AK2I5W7SF</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On the Privacy of Sublinear-Communication Jaccard Index Estimation via Min-hash</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liang, Mingyu; Choi, Seung Geol; Dachman-Soled, Dana; Liu, Linsheng; Yerukhimovich, Arkady</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IACR Communications in Cryptology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>3006-5496</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The min-hash sketch is a well-known technique for low-communication approximation of the Jaccard index between two input sets. Moreover, there is a folklore belief that min-hash sketch-based protocols protect the privacy of the inputs. In this paper, we consider variants of private min-hash sketch based-protocols and investigate this folklore to quantify the privacy of the min-hash sketch.&lt;/p&gt; &lt;p&gt;We begin our investigation by presenting a highly-efficient two-party protocol for estimating the Jaccard index while ensuring differential privacy. This protocol adds Laplacian noise to the min-hash sketch counts to provide privacy protection.&lt;/p&gt; &lt;p&gt;Then, we aim to understand what privacy, if any, is guaranteed if the results of the min-hash are released without any additional noise, such as in the case of historical data. We begin our investigation by considering the privacy of min-hash in a centralized setting where the hash functions are chosen by the min-hash functionality and are unknown to the participants. We show that in this case the min-hash output satisfies the standard definition of differential privacy (DP) without any additional noise.&lt;/p&gt; &lt;p&gt;We next consider a more practical distributed setting, where the hash function must be shared among all parties and is typically public.&lt;/p&gt; &lt;p&gt;Unfortunately, we show that in this public hash function setting, the min-hash output is no longer DP. We therefore consider the notion of distributional differential privacy (DDP) introduced by Bassily et al. (FOCS 2013). We show that if the honest party's set has sufficiently high min-entropy, the min-hash output achieves DDP without requiring noise.&lt;/p&gt; &lt;p&gt;Our findings provide guidance on how to use the min-hash sketch for private Jaccard index estimation and clarify the extent to which min-hash protocols protect input privacy, refining the common belief in their privacy guarantees.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955620; 2144798</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Association for Cryptologic Research</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>