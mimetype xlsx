--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10584683</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ITSC58415.2024.10919697</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Addressing the Robust Battery Electric Truck Dispatching Problem with Backhauls and Time Windows Under Travel Time Uncertainty</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Peng, Dongbo; Barth, Matthew; Boriboonsomsin, Kanok</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>84 to 89</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3315-0592-9</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The emergence of battery electric trucks (BETs) in recent years has shown great promise in reducing greenhouse gas (GHG) emissions in urban freight logistics. However, designing a customer-oriented dispatching strategy for a BET fleet is more complex than traditional vehicle routing problems (VRP) due to several constraints, such as limited driving range, potential need for en route recharging, and long recharging times. Also, in practice, the uncertain travel times in urban transportation network may lead to the violation of scheduled customer time windows and impact overall energy consumption. To better utilize the BET fleet, this paper introduces a robust BET dispatching problem with backhauls and time windows under travel time uncertainty, which aims to minimize the overall fleet energy consumption while also minimizing the risk of violating customer time window. A mathematical optimization model based on novel route-related sets is developed, and an adaptive large neighborhood search (ALNS) metaheuristic algorithm is used to find robust dispatching solutions. Based on real-world data from a truck fleet in San Bernardino County, California, a simulation study is conducted to demonstrate the robustness of the solutions obtained by the proposed method. Moreover, a sensitivity analysis with respect to uncertainty parameters is performed to assess the trade-off between the overall fleet energy consumption and the robustness of the solutions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2152258</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Edmonton, AB, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>