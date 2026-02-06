--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10584695</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3641554.3701908</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Implementing Standards-Focused Professional Development for Middle School CS Teachers: An Experience Report</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tate, Carol; Basu, Satabdi; Rachmatullah, Arif; Yang, Hui; Rutstein, Daisy</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-12T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1113 to 1119</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400705311</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The "Computer Science for All" initiative advocates for universal access to computer science (CS) instruction. A key strategy toward this end has been to establish CS content standards outlining what all students should have the opportunity to learn. Standards can support curriculum quality and access to quality CS instruction, but only if they are used to inform curriculum design and instructional practice. Professional learning offered to teachers of CS has typically focused on learning to implement a specific curriculum, rather than deepening understanding of CS concepts. We set out to develop a set of educative resources, formative assessment tools and teacher professional development (PD) sessions to support middle school CS teachers' knowledge of CS standards and standards-aligned formative assessment literacy. Our PD and associated resources focus on five CS standards in the Algorithm and Programming strand and are meant to support teachers using any CS curriculum or programming language. In this experience report, we share what we learned from implementing our standards-based PD with four middle school CS teachers. Teachers initially perceived standards as irrelevant to their teaching but they came to appreciate how a deeper understanding of CS concepts could enhance their instructional practice. Analysis of PD observations and exit surveys, teacher interviews, and teacher responses to a survey assessing CS pedagogical content knowledge demonstrated the complexity of using content standards as a driver of high-quality CS instruction at the middle school level, and reinforced our position that more standards-focused PD is needed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2010591</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Pittsburgh PA USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>