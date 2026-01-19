--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-11-02T04:00:00Z</t>
   </si>
   <si>
     <t>Reviews of Geophysics</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>e2023RG000817</t>
   </si>
   <si>
     <t>8755-1209</t>
   </si>
   <si>
     <t>Globally, land subsidence (LS) often adversely impacts infrastructure, humans, and the environment. As climate change intensifies the terrestrial hydrologic cycle and severity of climate extremes, the interplay among extremes (e.g., floods, droughts, wildfires, etc.), LS, and their effects must be better understood since LS can alter the impacts of extreme events, and extreme events can drive LS. Furthermore, several processes causing subsidence (e.g., ice‐rich permafrost degradation, oxidation of organic matter) have been shown to also release greenhouse gases, accelerating climate change. Our review aims to synthesize these complex relationships, including human activities contributing to LS, and to identify the causes and rates of subsidence across diverse landscapes. We primarily focus on the era of synthetic aperture radar (SAR), which has significantly contributed to advancements in our understanding of ground deformations around the world. Ultimately, we identify gaps and opportunities to aid LS monitoring, mitigation, and adaptation strategies and guide interdisciplinary efforts to further our process‐based understanding of subsidence and associated climate feedbacks. We highlight the need to incorporate the interplay of extreme events, LS, and human activities into models, risk and vulnerability assessments, and management practices to develop improved mitigation and adaptation strategies as the global climate warms. Without consideration of such interplay and/or feedback loops, we may underestimate the enhancement of climate change and acceleration of LS across many regions, leaving communities unprepared for their ramifications. Proactive and interdisciplinary efforts should be leveraged to develop strategies and policies that mitigate or reverse anthropogenic LS and climate change impacts.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2301815</t>
+    <t>2301815; 2332263; 1931363</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Geophysical Union</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>