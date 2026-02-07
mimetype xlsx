--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10584824</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3704857</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CF-GKAT: Efficient Validation of Control-Flow Transformations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Cheng; Kappé, Tobias; Narváez, David E; Naus, Nico</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>POPL</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>600 to 626</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Guarded Kleene Algebra with Tests (GKAT) provides a sound and complete framework to reason about trace equivalence between simple imperative programs. However, there are still several notable limitations. First, GKAT is completely agnostic with respect to the meaning of primitives, to keep equivalence decidable. Second, GKAT excludes non-local control flow such as goto, break, and return. To overcome these limitations, we introduce&lt;italic&gt;Control-Flow GKAT&lt;/italic&gt;(&lt;italic&gt;CF-GKAT&lt;/italic&gt;), a system that allows reasoning about programs that include non-local control flow as well as hardcoded values. CF-GKAT is able to soundly and completely verify trace equivalence of a larger class of programs, while preserving the nearly-linear efficiency of GKAT. This makes CF-GKAT suitable for the verification of control-flow manipulating procedures, such as decompilation and goto-elimination. To demonstrate CF-GKAT’s abilities, we validated the output of several highly non-trivial program transformations, such as Erosa and Hendren’s goto-elimination procedure and the output of Ghidra decompiler. CF-GKAT opens up the application of Kleene Algebra to a wider set of challenges, and provides an important verification tool that can be applied to the field of decompilation and control-flow transformation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2234257</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>