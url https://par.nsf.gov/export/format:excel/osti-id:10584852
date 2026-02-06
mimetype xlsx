--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10584852</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v39i27.35025</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Physics-Guided Fair Graph Sampling for Water Temperature Prediction in River Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>He, Erhu; Kutscher, Declan; Xie, Yiqun; Zwart, Jacob; Jiang, Zhe; Yao, Huaxiu; Jia, Xiaowei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>28070 to 28078</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;This work introduces a novel graph neural networks (GNNs)-based method to predict stream water temperature and reduce model bias across locations of different income and education levels. Traditional physics-based models often have limited accuracy because they are necessarily approximations of reality. Recently, there has been an increasing interest of using GNNs in modeling complex water dynamics in stream networks. Despite their promise in improving the accuracy, GNNs can bring additional model bias through the aggregation process, where node features are updated by aggregating neighboring nodes. The bias can be especially pronounced when nodes with similar sensitive attributes are frequently connected. We introduce a new method that leverages physical knowledge to represent the node influence in GNNs, and then utilizes physics-based influence to refine the selection and weights over the neighbors. The objective is to facilitate equitable treatment over different sensitive groups in the graph aggregation, which helps reduce spatial bias over locations, especially for those in underprivileged groups. The results on the Delaware River Basin demonstrate the effectiveness of the proposed method in preserving equitable performance across locations in different sensitive groups.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2147195; 2239175; 2316305</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>