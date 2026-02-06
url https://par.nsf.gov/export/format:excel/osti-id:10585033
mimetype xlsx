--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10585033</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3654777.3676407</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Tyche: Making Sense of Property-Based Testing Effectiveness</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Goldstein, Harrison; Tao, Jeffrey; Hatfield-Dodds, Zac; Pierce, Benjamin C; Head, Andrew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400706288</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Software developers increasingly rely on automated methods to assess the correctness of their code. One such method is property-based testing (PBT), wherein a test harness generates hundreds or thousands of inputs and checks the outputs of the program on those inputs using parametric properties. Though powerful, PBT induces a sizable gulf of evaluation: developers need to put in nontrivial effort to understand how well the different test inputs exercise the software under test. To bridge this gulf, we propose Tyche, a user interface that supports sensemaking around the effectiveness of property-based tests. Guided by a formative design exploration, our design of Tyche supports developers with interactive, configurable views of test behavior with tight integrations into modern developer testing workflow. These views help developers explore global testing behavior and individual test inputs alike. To accelerate the development of powerful, interactive PBT tools, we define a standard for PBT test reporting and integrate it with a widely used PBT library. A self-guided online usability study revealed that Tyche’s visualizations help developers to more accurately assess software testing effectiveness.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2402449</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Pittsburgh PA USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>