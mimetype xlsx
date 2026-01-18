--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -113,63 +113,60 @@
   <si>
     <t>https://doi.org/10.18260/1-2--47533</t>
   </si>
   <si>
     <t>How Communities of Transformation Support Change Agency</t>
   </si>
   <si>
     <t>Güler, Selen; Han, Rae; Litzler, Elizabeth; Andrijcic, Eva; Mohan, Sriram</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>This research paper addresses how faculty learn to become change agents in driving and sustaining change efforts in engineering education. Despite repeated calls and ample funding allotted to transform STEM higher education, initiatives targeted at the course and curriculum levels have not led to pervasive changes in how we educate undergraduate engineering students. Shifting the focus from what or how faculty teach, we turn to the structures that support change-making. Specifically, we examine the types of shared practices and interactions that help faculty develop change capacity and agency in the context of a cross-institutional community of practice (CoP).
 Our analysis emerged in the context of participatory action research with the National Science Foundation (NSF) Revolutionizing Engineering Departments (RED) grant recipient teams, who come together during monthly virtual CoP sessions facilitated by our participatory action research team. Using participant observation, transcription, and qualitative analysis of 31 1-hour long meetings across three years, we map out facilitation practices and interpersonal interactions that empower participants to develop into a community of change agents in a field particularly prone to inertia.
 We situate our work at the intersection of theories of change from sociological and situated learning perspectives. Doing so, we address the relationship between structure and collective action, and how faculty exert control over social relations and available resources in their collective contexts to advance change goals. This exchange between social theory and engineering education has the potential to empower engineering faculty to mobilize for pervasive changes.
 Our findings address the ways that the organizational structure of and types of interactions in a CoP inform its participants’ ability to advance change goals. Firstly, participants learn to be a community of changemakers through regular reflective practices, which help diffuse knowledge between participants across organizational boundaries and levels of changemaking experience. Having a dedicated space to reflect on experiences leads to community building and a collective understanding of goals and how to achieve them. Secondly, faculty use their interpersonal interactions in the community of practice to leverage and build their connections to external individuals and to existing resources and social networks. These connections help them compile and reclaim resources or extend the existing resources to new contexts. In the practice of mobilizing change-making resources, we see faculty developing into a community of change agents: engaging in reflective processes and utilizing the resources within their institutional cultures to transform those very contexts.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2317319</t>
+    <t>2317319; 2317318</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>ASEE Conferences</t>
-  </si>
-[...1 lines deleted...]
-    <t>Portland, Oregon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -321,48 +318,46 @@
       <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>