--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10586490</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/educsci15040514</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Partnerships as Professional Learning: Early Childhood Teaching Assistants’ Role Development and Navigation of Challenges Within a Culturally Responsive Robotics Program</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Thompson, Hannah R; Caudle, Lori A; Harper, Frances K; Quinn, Margaret F; Avin, Mary Kate; The_CRRAFT_Partnership, The_CRRAFT Partnership</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Education Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>514</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2227-7102</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Theory and practice related to computing education with racially/ethnically and linguistically diverse groups of preschoolers remain in nascent stages. Accordingly, early childhood educators both require substantial support when integrating culturally responsive computing into curriculum and instruction and offer valuable perspectives on emerging practices. The purpose of this research study is to explore how educator voice-directed efforts support the implementation of a culturally relevant preschool robotics program through multi-year professional development. Through qualitative analyses, we examined how educator voice, conceptualized as perspectives and participation, guided the direction of professional learning situated within a larger research-practice partnership using design-based research (DBR) methodology. By comparing voice across these sessions, we were able to identify what roles educators assumed within the partnership and how those roles shifted over time. Further, we are able to identify the structural and systemic factors that may have affected their participation and implementation. Findings show a contrast in roles across the different stages of the partnership, suggesting implications for embedding professional learning within broader partnership work as a way to cultivate educator leadership and to realize culturally responsive computing education in sustainable ways.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031394</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>