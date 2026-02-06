--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10586503</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1364/PRJ.536871</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Monocular depth estimation based on deep learning for intraoperative guidance using surface-enhanced Raman scattering imaging</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Juhong, Aniwat; Li, Bo; Liu, Yifan; Yao, Cheng-You; Yang, Chia-Wei; Atique_Ullah, A_K M; Liu, Kunli; Lewandowski, Ryan P; Harkema, Jack R; Agnew, Dalen W; Leo_Lei, Yu; Luker, Gary D; Huang, Xuefei; Piyawattanametha, Wibool; Qiu, Zhen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Photonics Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>550</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2327-9125</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Imaging of surface-enhanced Raman scattering (SERS) nanoparticles (NPs) has been intensively studied for cancer detection due to its high sensitivity, unconstrained low signal-to-noise ratios, and multiplexing detection capability. Furthermore, conjugating SERS NPs with various biomarkers is straightforward, resulting in numerous successful studies on cancer detection and diagnosis. However, Raman spectroscopy only provides spectral data from an imaging area without co-registered anatomic context. This is not practical and suitable for clinical applications. Here, we propose a custom-made Raman spectrometer with computer-vision-based positional tracking and monocular depth estimation using deep learning (DL) for the visualization of 2D and 3D SERS NPs imaging, respectively. In addition, the SERS NPs used in this study (hyaluronic acid-conjugated SERS NPs) showed clear tumor targeting capabilities (target CD44 typically overexpressed in tumors) by an&lt;italic toggle='yes'&gt;ex vivo&lt;/italic&gt;experiment and immunohistochemistry. The combination of Raman spectroscopy, image processing, and SERS molecular imaging, therefore, offers a robust and feasible potential for clinical applications.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2237142</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Optica</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>