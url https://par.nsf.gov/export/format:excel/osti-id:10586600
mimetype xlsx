--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10586600</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/IMECE2024-147406</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Privacy-Preserving In-Situ Monitoring in Additive Manufacturing Through Hyperdimensional Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Piran, Fardin Jalil; Poduval, Prathyush P; Errahmouni_Barkam, Hamza; Imani, Mohsen; Imani, Farhad</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-0-7918-8860-5</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Machine learning (ML) models are used for in-situ monitoring in additive manufacturing (AM) for defect detection. However, sensitive information stored in ML models, such as part designs, is at risk of data leakage due to unauthorized access. To address this, differential privacy (DP) introduces noise into ML, outperforming cryptography, which is slow, and data anonymization, which does not guarantee privacy. While DP enhances privacy, it reduces the precision of defect detection. This paper proposes combining DP with Hyperdimensional Computing (HDC), a brain-inspired model that memorizes training sample information in a large hyperspace, to optimize real-time monitoring in AM while protecting privacy. Adding DP noise to the HDC model protects sensitive information without compromising defect detection accuracy. Our studies demonstrate the effectiveness of this approach in monitoring anomalies, such as overhangs, using high-speed melt pool data analysis. With a privacy budget set at 1, our model achieved an F-score of 94.30%, surpassing traditional models like ResNet50, DenseNet201, EfficientNet B2, and AlexNet, which have performance up to 66%. Thus, the intersection of DP and HDC promises accurate defect detection and protection of sensitive information in AM. The proposed method can also be extended to other AM processes, such as fused filament fabrication.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2321840; 2319198; 2312517; 2127780</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society of Mechanical Engineers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland, Oregon, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>