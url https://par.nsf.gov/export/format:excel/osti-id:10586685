--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,192 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="46">
-[...140 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -206,191 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10586685</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4230/LIPIcs.OPODIS.2024.26</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Singular Optimality of Distributed Computation in LOCAL</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dufoulon, Fabien; Pandurangan, Gopal; Robinson, Peter; Scquizzato, Michele</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Bonomi, Silvia; Galletta, Letterio; Rivière, Etienne; Schiavoni, Valerio</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-08T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>324</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>26:1-26:17</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1868-8969</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-3-95977-360-7</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>It has been shown that one can design distributed algorithms that are (nearly) singularly optimal, meaning they simultaneously achieve optimal time and message complexity (within polylogarithmic factors), for several fundamental global problems such as broadcast, leader election, and spanning tree construction, under the KT₀ assumption. With this assumption, nodes have initial knowledge only of themselves, not their neighbors. In this case the time and message lower bounds are Ω(D) and Ω(m), respectively, where D is the diameter of the network and m is the number of edges, and there exist (even) deterministic algorithms that simultaneously match these bounds.
+On the other hand, under the KT₁ assumption, whereby each node has initial knowledge of itself and the identifiers of its neighbors, the situation is not clear. For the KT₁ CONGEST model (where messages are of small size), King, Kutten, and Thorup (KKT) showed that one can solve several fundamental global problems (with the notable exception of BFS tree construction) such as broadcast, leader election, and spanning tree construction with Õ(n) message complexity (n is the network size), which can be significantly smaller than m. Randomization is crucial in obtaining this result. While the message complexity of the KKT result is near-optimal, its time complexity is Õ(n) rounds, which is far from the standard lower bound of Ω(D). An important open question is whether one can achieve singular optimality for the above problems in the KT₁ CONGEST model, i.e., whether there exists an algorithm running in Õ(D) rounds and Õ(n) messages. Another important and related question is whether the fundamental BFS tree construction can be solved with Õ(n) messages (regardless of the number of rounds as long as it is polynomial in n) in KT₁. 
+In this paper, we show that in the KT₁ LOCAL model (where message sizes are not restricted), singular optimality is achievable. Our main result is that all global problems, including BFS tree construction, can be solved in Õ(D) rounds and Õ(n) messages, where both bounds are optimal up to polylogarithmic factors. Moreover, we show that this can be achieved deterministically.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2402836</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>17 pages; 752099 bytes</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>application/pdf</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of OPODIS 2025. Schloss Dagstuhl – Leibniz-Zentrum für Informatik</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International license; info:eu-repo/semantics/openAccess</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>