--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-04-30T04:00:00Z</t>
   </si>
   <si>
     <t>Inorganic Chemistry</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>0020-1669</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2348765; 2046483</t>
+    <t>2348765; 2046483; 2215973; 2216151</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>p. 9180-9194</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Chemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>