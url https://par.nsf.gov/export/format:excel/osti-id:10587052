--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10587052</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1107/s1600576724000116</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The &lt;i&gt;Pixel Anomaly Detection Tool&lt;/i&gt; : a user-friendly GUI for classifying detector frames using machine-learning approaches</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ketawala, Gihan; Reiter, Caitlin M; Fromme, Petra; Botha, Sabine</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Applied Crystallography</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>529 to 538</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1600-5767</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Data collection at X-ray free electron lasers has particular experimental challenges, such as continuous sample delivery or the use of novel ultrafast high-dynamic-range gain-switching X-ray detectors. This can result in a multitude of data artefacts, which can be detrimental to accurately determining structure-factor amplitudes for serial crystallography or single-particle imaging experiments. Here, a new data-classification tool is reported that offers a variety of machine-learning algorithms to sort data trained either on manual data sorting by the user or by profile fitting the intensity distribution on the detector based on the experiment. This is integrated into an easy-to-use graphical user interface, specifically designed to support the detectors, file formats and software available at most X-ray free electron laser facilities. The highly modular design makes the tool easily expandable to comply with other X-ray sources and detectors, and the supervised learning approach enables even the novice user to sort data containing unwanted artefacts or perform routine data-analysis tasks such as hit finding during an experiment, without needing to write code.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1231306</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Journal of Applied Crystallography</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>