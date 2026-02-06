--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10587085</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2024AV001302</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Magnetospheric Control of Ionospheric TEC Perturbations via Whistler‐Mode and ULF Waves</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shen, Yangyang; Verkhoglyadova, Olga P; Artemyev, Anton; Hartinger, Michael D; Angelopoulos, Vassilis; Shi, Xueling; Zou, Ying</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>AGU Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2576-604X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The weakly ionized plasma in the Earth's ionosphere is controlled by a complex interplay between solar and magnetospheric inputs from above, atmospheric processes from below, and plasma electrodynamics from within. This interaction results in ionosphere structuring and variability that pose major challenges for accurate ionosphere prediction for global navigation satellite system (GNSS) related applications and space weather research. The ionospheric structuring and variability are often probed using the total electron content (TEC) and its relative perturbations (dTEC). Among dTEC variations observed at high latitudes, a unique modulation pattern has been linked to magnetospheric ultra‐low‐frequency (ULF) waves, yet its underlying mechanisms remain unclear. Here using magnetically conjugate observations from the THEMIS spacecraft and a ground‐based GPS receiver at Fairbanks, Alaska, we provide direct evidence that these dTEC modulations are driven by magnetospheric electron precipitation induced by ULF‐modulated whistler‐mode waves. We observed peak‐to‐peak dTEC amplitudes reaching 0.5 TECU (1 TECU is equal to electrons/) with modulations spanning scales of 5–100 km. The cross‐correlation between our modeled and observed dTEC reached 0.8 during the conjugacy period but decreased outside of it. The spectra of whistler‐mode waves and dTEC also matched closely at ULF frequencies during the conjugacy period but diverged outside of it. Our findings elucidate the high‐latitude dTEC generation from magnetospheric wave‐induced precipitation, addressing a significant gap in current physics‐based dTEC modeling. Theses results thus improve ionospheric dTEC prediction and enhance our understanding of magnetosphere‐ionosphere coupling via ULF waves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935110</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Geophysical Union</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>