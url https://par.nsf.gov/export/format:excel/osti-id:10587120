--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Quantum Reports</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2624-960X</t>
   </si>
   <si>
     <t>&lt;p&gt;Modeling many-body quantum systems is widely regarded as one of the most promising applications for near-term noisy quantum computers. However, in the near term, system size limitation will remain a severe barrier for applications in materials science or strongly correlated systems. A promising avenue of research is to combine many-body physics with machine learning for the classification of distinct phases. We present a workflow that synergizes quantum computing, many-body theory, and quantum machine learning (QML) for studying strongly correlated systems. In particular, it can capture a putative quantum phase transition of the stereotypical strongly correlated system, the Hubbard model. Following the recent proposal of the hybrid quantum-classical algorithm for the two-site dynamical mean-field theory (DMFT), we present a modification that allows the self-consistent solution of the single bath site DMFT. The modified algorithm can be generalized for multiple bath sites. This approach is used to generate a database of zero-temperature wavefunctions of the Hubbard model within the DMFT approximation. We then use a QML algorithm to distinguish between the metallic phase and the Mott insulator phase to capture the metal-to-Mott insulator phase transition. We train a recently proposed quantum convolutional neural network (QCNN) and then utilize the QCNN as a quantum classifier to capture the phase transition region. This work provides a recipe for application to other phase transitions in strongly correlated systems and represents an exciting application of small-scale quantum devices realizable with near-term technology.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1944974</t>
+    <t>1944974; 2014023; 2243742; 2328752</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>https://www.mdpi.com/2624-960X/7/2/18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>