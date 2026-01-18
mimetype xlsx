--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,66 +105,75 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10587351</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/s10107-025-02223-2</t>
   </si>
   <si>
     <t>A characterization for tightness of the sparse Moment-SOS hierarchy</t>
   </si>
   <si>
     <t>Nie, Jiawang (ORCID:0000000326378274); Qu, Zheng; Tang, Xindong; Zhang, Linghao</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-02T04:00:00Z</t>
   </si>
   <si>
     <t>Mathematical Programming</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>1-2</t>
   </si>
   <si>
     <t>0025-5610</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;This paper studies the sparse Moment-SOS hierarchy of relaxations for solving sparse polynomial optimization problems. We show that this sparse hierarchy is tight if and only if the objective can be written as a sum of sparse nonnegative polynomials, each of which belongs to the sum of the ideal and quadratic module generated by the corresponding sparse constraints. Based on this characterization, we give several sufficient conditions for the sparse Moment-SOS hierarchy to be tight. In particular, we show that this sparse hierarchy is tight under some assumptions such as convexity, optimality conditions or finiteness of constraining sets.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2110780</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 369-405</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -291,81 +300,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>