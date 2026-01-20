--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10533242</t>
-[...8 lines deleted...]
-    <t>Susobhanan, Abhimanyu (ORCID:0000000228200931); Kaplan, David_L (ORCID:0000000162952881); Archibald, Anne_M (ORCID:0000000306383340); Luo, Jing (ORCID:0000000153735914); Ray, Paul_S (ORCID:0000000252975278); Pennucci, Timothy_T (ORCID:0000000154652889); Ransom, Scott_M (ORCID:0000000157999714); Agazie, Gabriella (ORCID:0000000151343925); Fiore, William (ORCID:0000000156455336); Larsen, Bjorn (ORCID:0000000164368216); O’Neill, Patrick (ORCID:0009000925671533); van_Haasteren, Rutger (ORCID:0000000264282620); Anumarlapudi, Akash (ORCID:0000000289359882); Bachetti, Matteo (ORCID:0000000245769337); Bhakta, Deven (ORCID:0000000279653076); Champagne, Chloe_A (ORCID:000000015438540X); Cromartie, H_Thankful (ORCID:000000026039692X); Demorest, Paul_B (ORCID:000000026664965X); Jennings, Ross_J (ORCID:0000000310822342); Kerr, Matthew (ORCID:0000000208934073); Levina, Sasha (ORCID:0000000312417615); McEwen, Alexander (ORCID:0000000154817559); Shapiro-Albert, Brent_J (ORCID:0000000272831124); Swiggum, Joseph_K (ORCID:0000000210753837)</t>
+    <t>10587852</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/solr.202400531</t>
+  </si>
+  <si>
+    <t>A Broadband Light‐Trapping Nanostructure for InGaP/GaAs Dual‐Junction Solar Cells Using Nanosphere Lithography‐Assisted Chemical Etching</t>
+  </si>
+  <si>
+    <t>Wu, Shang‐Hsuan; Cossio, Gabriel; Derkacs, Daniel; Yu, Edward T</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-08-14T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;&lt;monospace&gt;PINT&lt;/monospace&gt;is a pure-Python framework for high-precision pulsar timing developed on top of widely used and well-tested Python libraries, supporting both interactive and programmatic data analysis workflows. We present a new frequentist framework within&lt;monospace&gt;PINT&lt;/monospace&gt;to characterize the single-pulsar noise processes present in pulsar timing data sets. This framework enables parameter estimation for both uncorrelated and correlated noise processes, as well as model comparison between different timing and noise models in a computationally inexpensive way. We demonstrate the efficacy of the new framework by applying it to simulated data sets as well as a real data set of PSR B1855+09. We also describe the new features implemented in&lt;monospace&gt;PINT&lt;/monospace&gt;since it was first described in the literature.&lt;/p&gt;</t>
+    <t>2024-11-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Solar RRL</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>2367-198X</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;III–V‐based multijunction solar cells have become the leading power generation technology for space applications due to their high power conversion efficiency and reliable performance in extraterrestrial environments. Thinning down the absorber layers of multijunction solar cells can considerably reduce the production cost and improve their radiation hardness. Recent advances in ultrathin GaAs single‐junction solar cells suggest the development of light‐trapping nanostructures to increase light absorption in optically thin layers within III–V‐based multijunction solar cells. Herein, a novel and highly scalable nanosphere lithography‐assisted chemical etching method to fabricate light‐trapping nanostructures in InGaP/GaAs dual‐junction solar cells is studied. Numerical models show that integrating the nanostructured Al&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;3&lt;/sub&gt;/Ag rear mirror significantly enhances the broadband absorption within the GaAs bottom cell. Results demonstrate that the light‐trapping nanostructures effectively increase the short‐circuit current density in GaAs bottom cells from 14.04 to 15.06 mA cm&lt;sup&gt;−2&lt;/sup&gt;. The simulated nanostructured InGaP/GaAs dual‐junction structure shows improved current matching between the GaAs bottom cell and the InGaP top cell, resulting in 1.12x higher power conversion efficiency. These findings highlight the potential of light‐trapping nanostructures to improve the performance of III‐V‐based multijunction photovoltaic systems, particularly for high‐efficiency applications in space.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2020265</t>
+    <t>2308817</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>Article No. 150</t>
-[...1 lines deleted...]
-  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>DOI PREFIX: 10.3847</t>
+    <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -327,58 +323,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>